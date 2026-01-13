--- v0 (2025-10-24)
+++ v1 (2026-01-13)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">11 июня натерритории Тульского спасательного центра после прохождения курсапервоначальной военной подготовки 39 военнослужащих проходящихвоенную службу по призыву присягнули на верность своей Родине.Прежде, чем стать настоящими защитниками Отечества, каждый из ребятпрошел дополнительную подготовку на сборах молодого пополнения. Заэто время военнослужащие успешно вошли в ритм жизни спасательногоЦентра и готовы дальше развиваться и преумножать знания и ценностиспасателей. Подбодрить новобранцев в этот торжественный деньприехали их семьи, родственники и друзья.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>