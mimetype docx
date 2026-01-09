--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Прежде, чем присягнуть на верность Родине и стать настоящимизащитниками Отечества, каждый из ребят прошел подготовку на сборахкурса молодого бойца. За это время военнослужащие успешно вошли вритм жизни спасательного Центра, сдали психологическое тестированиеи изучили требования общевоинских уставов. Ежедневно проводилисьзанятия по строевой подготовке. Они стойко преодолели трудности исделали самый ответственный шаг – Присягнули на верностьРодине.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>