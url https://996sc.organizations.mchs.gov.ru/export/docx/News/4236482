--- v0 (2025-10-31)
+++ v1 (2026-03-03)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18 декабря2021 года в Тульском спасательном центре на верность Родинеприсягнули 15 военнослужащих призыва осень 2021 года, достойнопрошедшие курс молодого бойца. Наиболее отличившиеся получилипочетные грамоты за достигнутые успехи. Родителям проведенаэкскурсия по территории спасательного центра, они ознакомились сособенностями жизни и быта личного состава.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>