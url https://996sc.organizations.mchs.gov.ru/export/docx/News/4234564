--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Сегодня вознаменовании 88-летия гражданской обороны офицер спасательногоцентра старший лейтенант Сулейманов Р.А. провел открытый урок дляучеников 5 классов СОШ поселка  Рассвет Тульской области, гдепродемонстрировал ученикам фильм про историю создания гражданскойобороны Российской Федерации, рассказал про задачи ГО, так жепоказал детям как пользоваться средствами индивидуальной защиты(СИЗ), после чего каждый учащийся смог на себе испробоватьпредставленные СИЗ.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>