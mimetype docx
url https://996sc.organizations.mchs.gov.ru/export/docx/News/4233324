--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">24.10. вТульском спасательном центре проводилось занятие по недопущениюнарушений запретов, распространяемых на военнослужащих проходящихвоенную службу по контракту. Главный специалист по вопросампротиводействия коррупции на территории Тульской области полковниквнутренней службы А.Н. Пронин довел выдержки из Федеральных законови ответил на интересующие вопросы военнослужащих центра.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>