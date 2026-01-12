--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15.06.2019года начался "Открытый чемпионат Суворовского района по футболу", вкотором наша команда Тульского спасательного центра уже не первыйгод принимает участие. Стартовый матч прошёл не так удачно какхотелось бы, но всё еще впереди.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>