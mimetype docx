--- v0 (2025-10-24)
+++ v1 (2026-02-05)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Сегодня в ФГКУ"Тульский СЦ МЧС России" началась подготовка к зимнему периодуэксплуатации техники и вооружения. В подразделениях центрабыли проведены занятия с водителями, на которых были изученыосновные положения по организации перевода техники на зимний периодэксплуатации, меры безопасности при проведении работ. Кроме этоговыполняются работы по очередному техническому обслуживанию автомобильной техники, дополнительные работы по подготовке кэксплуатации техники в зимних условиях, проводится техническоеобслуживание аккумуляторных батарей, трансмиссии, световой извуковой сигнализации автомобилей.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>