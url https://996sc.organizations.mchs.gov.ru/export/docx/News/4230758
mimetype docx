--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Сегодня главаМЧС России Владимир Пучков наградил особо отличившихсяорганизаторов и участников X Международного салона средствобеспечения безопасности «Комплексная безопасность - 2017»ведомственными наградами.За качественную организацию и проведениемероприятий Салона  на высоком, международном уровне троевоеннослужащих ФГКУ «Тульский СЦ МЧС России» были награжденымедалью  «За содружество во имя спасения».Участниковмероприятия также поздравили Председатель совета ветеранов МЧСРоссии Дмитрий Иванович Михайлик, заместитель полномочногопредставителя Президента Российской Федерации по центральномуфедеральному округу  Николай Павлович Овсиенко.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>